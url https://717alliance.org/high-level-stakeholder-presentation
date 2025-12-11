--- v0 (2025-10-06)
+++ v1 (2025-12-11)
@@ -331,52 +331,51 @@
     <a:srgbClr val="D2D5D8"/>
     <a:srgbClr val="E5D7B3"/>
     <a:srgbClr val="F79834"/>
     <a:srgbClr val="FFA73B"/>
     <a:srgbClr val="F3F7F8"/>
     <a:srgbClr val="FBF1FE"/>
     <a:srgbClr val="ED5446"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{351F1A6A-F10F-474A-90AA-B674C08769D1}" vWet="2" dt="2025-01-23T14:46:18.839"/>
-    <p1510:client id="{DAA2F19D-BFE8-4640-9B4F-2213D4B08AFB}" v="62" dt="2025-01-23T18:46:26.968"/>
+    <p1510:client id="{BA04C229-4985-0540-A8D0-E67830B68F04}" v="1" dt="2025-10-29T17:08:37.028"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Medium Style 2 - Accent 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -521,1338 +520,120 @@
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:normalViewPr>
+    <p:restoredLeft sz="19655"/>
+    <p:restoredTop sz="94694"/>
+  </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="1" d="2"/>
-          <a:sy n="1" d="2"/>
+          <a:sx n="114" d="100"/>
+          <a:sy n="114" d="100"/>
         </p:scale>
-        <p:origin x="0" y="0"/>
+        <p:origin x="200" y="328"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
+  <p:notesTextViewPr>
+    <p:cViewPr>
+      <p:scale>
+        <a:sx n="1" d="1"/>
+        <a:sy n="1" d="1"/>
+      </p:scale>
+      <p:origin x="0" y="0"/>
+    </p:cViewPr>
+  </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId42" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId41" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId43" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Shefali Oza" userId="b6d86925-c367-4057-9a73-a9633078c5cb" providerId="ADAL" clId="{CD031B72-951E-A343-874E-58DE282E3E1F}"/>
-[...1 lines deleted...]
-      <pc:chgData name="Shefali Oza" userId="b6d86925-c367-4057-9a73-a9633078c5cb" providerId="ADAL" clId="{CD031B72-951E-A343-874E-58DE282E3E1F}" dt="2024-12-19T20:54:18.355" v="0"/>
+    <pc:chgData name="Marie Deveaux" userId="9fc0be8f-9df8-4ccb-8fb2-ba99b4811463" providerId="ADAL" clId="{494C91AC-F37A-5A9C-B1D8-605409247DBC}"/>
+    <pc:docChg chg="custSel modSld">
+      <pc:chgData name="Marie Deveaux" userId="9fc0be8f-9df8-4ccb-8fb2-ba99b4811463" providerId="ADAL" clId="{494C91AC-F37A-5A9C-B1D8-605409247DBC}" dt="2025-10-29T17:08:51.045" v="16" actId="1076"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="addCm">
-[...388 lines deleted...]
-      </pc:sldChg>
       <pc:sldChg chg="addSp delSp modSp mod">
-        <pc:chgData name="Marie Deveaux" userId="9fc0be8f-9df8-4ccb-8fb2-ba99b4811463" providerId="ADAL" clId="{934F7770-6C63-4344-9676-B9E9D2DE3EF2}" dt="2025-01-14T16:41:25.658" v="1592"/>
-[...53 lines deleted...]
-        <pc:chgData name="Marie Deveaux" userId="9fc0be8f-9df8-4ccb-8fb2-ba99b4811463" providerId="ADAL" clId="{934F7770-6C63-4344-9676-B9E9D2DE3EF2}" dt="2025-01-07T16:08:07.581" v="1265" actId="20577"/>
+        <pc:chgData name="Marie Deveaux" userId="9fc0be8f-9df8-4ccb-8fb2-ba99b4811463" providerId="ADAL" clId="{494C91AC-F37A-5A9C-B1D8-605409247DBC}" dt="2025-10-29T17:08:51.045" v="16" actId="1076"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1696931821" sldId="2145705812"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Marie Deveaux" userId="9fc0be8f-9df8-4ccb-8fb2-ba99b4811463" providerId="ADAL" clId="{934F7770-6C63-4344-9676-B9E9D2DE3EF2}" dt="2024-12-19T18:38:55.780" v="516" actId="20577"/>
-[...7 lines deleted...]
-          <ac:chgData name="Marie Deveaux" userId="9fc0be8f-9df8-4ccb-8fb2-ba99b4811463" providerId="ADAL" clId="{934F7770-6C63-4344-9676-B9E9D2DE3EF2}" dt="2025-01-07T16:08:07.581" v="1265" actId="20577"/>
+          <ac:chgData name="Marie Deveaux" userId="9fc0be8f-9df8-4ccb-8fb2-ba99b4811463" providerId="ADAL" clId="{494C91AC-F37A-5A9C-B1D8-605409247DBC}" dt="2025-10-29T17:08:44.357" v="13" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1696931821" sldId="2145705812"/>
             <ac:spMk id="5" creationId="{E8A68CDC-5ABC-621B-B00E-470E08066429}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:picChg chg="add mod">
-          <ac:chgData name="Marie Deveaux" userId="9fc0be8f-9df8-4ccb-8fb2-ba99b4811463" providerId="ADAL" clId="{934F7770-6C63-4344-9676-B9E9D2DE3EF2}" dt="2025-01-07T16:07:53.354" v="1256" actId="1076"/>
+          <ac:chgData name="Marie Deveaux" userId="9fc0be8f-9df8-4ccb-8fb2-ba99b4811463" providerId="ADAL" clId="{494C91AC-F37A-5A9C-B1D8-605409247DBC}" dt="2025-10-29T17:08:51.045" v="16" actId="1076"/>
+          <ac:picMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="1696931821" sldId="2145705812"/>
+            <ac:picMk id="4" creationId="{87D1ECBD-E6DF-4053-C39A-541BB5C1EF9E}"/>
+          </ac:picMkLst>
+        </pc:picChg>
+        <pc:picChg chg="del">
+          <ac:chgData name="Marie Deveaux" userId="9fc0be8f-9df8-4ccb-8fb2-ba99b4811463" providerId="ADAL" clId="{494C91AC-F37A-5A9C-B1D8-605409247DBC}" dt="2025-10-29T17:08:39.088" v="1" actId="478"/>
           <ac:picMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1696931821" sldId="2145705812"/>
             <ac:picMk id="10" creationId="{840D7C98-4549-9076-0B1C-E563AF426DF4}"/>
-          </ac:picMkLst>
-[...785 lines deleted...]
-            <ac:picMk id="42" creationId="{8A8D59C5-AA1A-50E6-50C9-2EF050D5CE52}"/>
           </ac:picMkLst>
         </pc:picChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -1908,51 +689,51 @@
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200" b="0" i="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{EAA51A80-7BF8-8345-918B-9FC2C61587FC}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
-              <a:t>1/23/2025</a:t>
+              <a:t>10/29/25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -3422,95 +2203,67 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US">
                 <a:effectLst/>
                 <a:latin typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>The 7-1-7 Alliance has a variety of training packages for member countries and partners, including packages for sensitization, implementers, and training of trainers. </a:t>
-[...19 lines deleted...]
-            </a:pPr>
+              <a:t>The 7-1-7 Alliance has a variety of training packages for member countries and partners, including packages for sensitization, implementers, and training of trainers</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
             <a:endParaRPr lang="en-US">
-              <a:effectLst/>
-              <a:latin typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
-[...15 lines deleted...]
-            </a:pPr>
+            <a:pPr algn="just"/>
+            <a:endParaRPr lang="en-US">
+              <a:cs typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="en-US">
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>We also have recommended and sample agendas available based on learning from trainings we and countries in the alliance have delivered.   </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3DFFF0C1-B50B-1774-BF86-351657F6C40E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -3861,51 +2614,51 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Subscribe to the 7-1-7 Alliance news https://717alliance.org/#subscribe</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{A1E75C25-C22B-D14A-8C88-D3C1CFA09A77}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:pPr/>
               <a:t>24</a:t>
             </a:fld>
@@ -3984,107 +2737,163 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US">
+              <a:rPr lang="en-US" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>Complete a request form to join the COP: https://</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" err="1">
+              <a:t>The 7-1-7 Alliance has a variety of training packages for member countries and partners, including packages for sensitization, implementers, and training of trainers</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Link to join the COP https://</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>forms.office.com</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US">
+              <a:rPr lang="en-US" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>/r/</a:t>
-[...22 lines deleted...]
-            <a:endParaRPr lang="en-US">
+              <a:t>/r/mmEPY9RFRW</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
-            <a:endParaRPr lang="en-US">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
-            <a:endParaRPr lang="en-US">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>We also have recommended and sample agendas available based on learning from trainings we and countries in the alliance have delivered.   </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04059BA4-D209-C0F3-5335-340937BAECC3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
@@ -16579,87 +15388,87 @@
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.emf"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.emf"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.emf"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.emf"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.svg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://717alliance.org/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://717alliance.org/faq/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://717alliance.org/resource-library/?category=advocacy-briefs" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://717alliance.org/digital-toolkit/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://717alliance.org/get-started/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://717alliance.org/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://717alliance.org/faq/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://717alliance.org/resource-library/?category=advocacy-briefs" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://717alliance.org/digital-toolkit/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://717alliance.org/get-started/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:717alliance@rtsl.org" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:717alliance@rtsl.org" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.svg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.svg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.svg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
@@ -16804,57 +15613,57 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C81B69D4-F611-5AC9-7702-157D50930158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8274569" y="5488183"/>
             <a:ext cx="2007442" cy="561975"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
-              <a:rPr lang="en-US" sz="1400">
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Date of presentation</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1400"/>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2714141053"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -16940,51 +15749,51 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7842817" y="943673"/>
             <a:ext cx="3410327" cy="1489291"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>For each event, document key dates and narratives and assess if the full target was met</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Picture 5" descr="A green and white document with black text&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D007D72-00CF-B71B-B9F5-FEC11D1B888B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
@@ -17348,57 +16157,57 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Title 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1857C328-B7F8-F229-950D-5813A8A755A7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US">
+              <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Key steps for using the 7-1-7 target</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1784651698"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
@@ -19734,163 +18543,157 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="566599" y="2310726"/>
             <a:ext cx="3386751" cy="3804325"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="228600" indent="-228600">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1600"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" b="0">
+              <a:rPr lang="en-US" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Piloted in Uganda, Nigeria, Ethiopia, Sierra Leone, Rwanda, Liberia, Brazil and the United States of America </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" b="0">
+            <a:endParaRPr lang="en-US" b="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1600"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" b="0">
+              <a:rPr lang="en-US" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Over 20 countries are now using 7-1-7, including in Africa, the Americas, Southeast Asia and the Pacific.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" b="0">
+            <a:endParaRPr lang="en-US" b="0" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="TextBox 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8A68CDC-5ABC-621B-B00E-470E08066429}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5190652" y="1453108"/>
             <a:ext cx="6096000" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1">
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>7-1-7 Global Community of Practice (December 2024)</a:t>
+              <a:t>7-1-7 Global Community of Practice (September 2025)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="10" name="Graphic 9">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{840D7C98-4549-9076-0B1C-E563AF426DF4}"/>
+          <p:cNvPr id="4" name="Picture 3" descr="A map of the world&#10;&#10;AI-generated content may be incorrect.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87D1ECBD-E6DF-4053-C39A-541BB5C1EF9E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
-[...5 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4876719" y="2004702"/>
-            <a:ext cx="6723865" cy="3400190"/>
+            <a:off x="4652726" y="2012447"/>
+            <a:ext cx="7171852" cy="3584013"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1696931821"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
@@ -20191,51 +18994,51 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F6FB2B8-EB62-F8AA-703F-968B1D98C0CE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329310" y="1774055"/>
             <a:ext cx="3846829" cy="2282808"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Global reach</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="19" name="Content Placeholder 4" descr="A blue cover with white text and blue stars&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8992E82-41E6-48F4-FF9A-BAE8685E4007}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3"/>
           <a:srcRect l="1" r="1352" b="5523"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
@@ -20443,51 +19246,51 @@
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="1600">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="35" name="Content Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FEFB61C-64DC-EC90-6EC4-3436BACF5B0F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -20669,51 +19472,51 @@
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
-            <a:endParaRPr lang="en-US">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="38" name="Content Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{806A4617-691F-D2C9-3F35-28865B239DE2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4930847" y="1107751"/>
             <a:ext cx="5519624" cy="4892999"/>
@@ -20897,374 +19700,374 @@
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1">
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>WHO Global Program of Work (GPW14)</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>: Includes     7-1-7 as a joint outcome indicator.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="1600">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1">
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>WHO Early Action Reviews</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>: Incorporate 7-1-7 methodology and tools for rapid improvements in outbreak detection and response.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="1600">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1">
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>US Global Health Security Strategy</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>: Highlights 7-1-7 bottleneck analyses as a key method for monitoring and evaluating progress towards building GHS capacity.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="1600">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1">
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Pandemic Fund</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>: Incorporated 7-1-7 in the results framework with two indicators under Element 1. </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1200">
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="1600">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Other </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1">
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>World Bank </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Multiphase Programmatic Approach grants also incorporate 7-1-7.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="1600">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1">
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Global Fund</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>: Includes 7-1-7 in its M&amp;E framework. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="1200">
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="1200">
+            <a:endParaRPr lang="en-US" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="1600">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="1600">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="40" name="Group 39">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B78ECBD1-28FC-225D-6EDD-111C9D47EBF4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="10461475" y="1068626"/>
             <a:ext cx="969497" cy="1283089"/>
@@ -21475,51 +20278,51 @@
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9551C27F-0FFD-C088-D70D-30E8F03D99BA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="831850" y="2614055"/>
             <a:ext cx="9703980" cy="2148666"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="5000"/>
+              <a:rPr lang="en-US" sz="5000" dirty="0"/>
               <a:t>What if every outbreak was used as an opportunity to learn and improve?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3166591586"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -21631,51 +20434,51 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1C4D125-14D0-4841-0EC2-5071A549E0CC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="451645" y="494112"/>
             <a:ext cx="10515600" cy="1001762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>What the 7-1-7 Alliance does</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F838CAEB-AD83-8A4F-EE5F-0B9CEA5ABF55}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838198" y="1377919"/>
             <a:ext cx="10515601" cy="2290314"/>
@@ -21941,112 +20744,112 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{157E2789-436A-2D18-F937-D248B04B1664}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329310" y="1774055"/>
             <a:ext cx="3846829" cy="2282808"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Training materials</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCDE0666-8833-D13E-51E0-378152ADC7C1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4786366" y="1196247"/>
             <a:ext cx="6138537" cy="312395"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="1">
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Training packages</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Rounded Rectangle 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A757EC4-7409-3BD0-4432-4ED0832BC2E6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4817429" y="1682552"/>
             <a:ext cx="1645920" cy="1117798"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
@@ -22077,51 +20880,51 @@
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="1650" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="1650" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Sensitization package</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Rounded Rectangle 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F7ECCF0-99AA-1407-B857-C0F62E5DC04C}"/>
               </a:ext>
@@ -22165,51 +20968,51 @@
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="1650" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="1650" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Implementers’ package</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Rounded Rectangle 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{27F2DD7F-922B-740A-8D40-9A5E6E04AF3A}"/>
               </a:ext>
@@ -22253,51 +21056,51 @@
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="1650" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="1650" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Training of trainer package</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Rounded Rectangle 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F2A81815-A759-1E52-01C4-762E469AADF4}"/>
               </a:ext>
@@ -22341,147 +21144,147 @@
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="1650" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="1650" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Leadership</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="1650" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="1650" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> package (coming soon)</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="1650" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="1650" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="TextBox 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D76D7F1-E844-0195-A2D4-546790DF0B25}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4666094" y="3286800"/>
+            <a:off x="4666094" y="3274100"/>
             <a:ext cx="6258809" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="187325" marR="0" lvl="1" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-GB" sz="1800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-GB" sz="1800" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="618393"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Training packages are built from adaptable modules of presentations and activities</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="33" name="Group 32">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26A59752-CB0A-0A13-4258-39D67B8347E9}"/>
               </a:ext>
@@ -22715,51 +21518,51 @@
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
               <a:r>
-                <a:rPr kumimoji="0" lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                <a:rPr kumimoji="0" lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:effectLst/>
                   <a:uLnTx/>
                   <a:uFillTx/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:ea typeface="+mn-ea"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
                 <a:t>Training of trainers talks + activities</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="29" name="Rounded Rectangle 28">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74385929-43FA-4905-51B9-CDC8B4F6839A}"/>
                 </a:ext>
@@ -23354,51 +22157,51 @@
                 <a:schemeClr val="lt1"/>
               </a:fontRef>
             </p:style>
             <p:txBody>
               <a:bodyPr rtlCol="0" anchor="ctr"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                   <a:lnSpc>
                     <a:spcPct val="100000"/>
                   </a:lnSpc>
                   <a:spcBef>
                     <a:spcPts val="0"/>
                   </a:spcBef>
                   <a:spcAft>
                     <a:spcPts val="0"/>
                   </a:spcAft>
                   <a:buClrTx/>
                   <a:buSzTx/>
                   <a:buFontTx/>
                   <a:buNone/>
                   <a:tabLst/>
                   <a:defRPr/>
                 </a:pPr>
                 <a:r>
-                  <a:rPr kumimoji="0" lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+                  <a:rPr kumimoji="0" lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:solidFill>
                       <a:srgbClr val="000000"/>
                     </a:solidFill>
                     <a:effectLst/>
                     <a:uLnTx/>
                     <a:uFillTx/>
                     <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   </a:rPr>
                   <a:t>Adopting 7-1-7 talks + activities</a:t>
                 </a:r>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
       </p:grpSp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Graphic 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -23779,261 +22582,261 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="422220" y="1574644"/>
             <a:ext cx="4029260" cy="4882303"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" b="1"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>Resources to support implementation are </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" b="1"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" b="1"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>available at </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" b="1"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" b="0">
+              <a:rPr lang="en-US" b="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="39B142"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId3">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>717alliance.org</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" b="0">
+            <a:endParaRPr lang="en-US" b="0" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="39B142"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
             </a:pPr>
-            <a:endParaRPr lang="en-US">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="39B142"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" b="1"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>Quick links:</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="39B142"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0">
+              <a:rPr lang="en-US" sz="1800" b="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="39B142"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:hlinkClick r:id="rId4">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>Get started here</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1800" b="0">
+            <a:endParaRPr lang="en-US" sz="1800" b="0" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="39B142"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
               <a:hlinkClick r:id="rId5">
                 <a:extLst>
                   <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                     <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                   </a:ext>
                 </a:extLst>
               </a:hlinkClick>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0">
+              <a:rPr lang="en-US" sz="1800" b="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="39B142"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:hlinkClick r:id="rId5">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>7-1-7 online toolkit</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0">
+              <a:rPr lang="en-US" sz="1800" b="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="39B142"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0">
+              <a:rPr lang="en-US" sz="1800" b="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="3CB142"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:hlinkClick r:id="rId6">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>Advocacy briefs for decision-makers</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1800" b="0">
+            <a:endParaRPr lang="en-US" sz="1800" b="0" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="3CB142"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0">
+              <a:rPr lang="en-US" sz="1800" b="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="39B142"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:hlinkClick r:id="rId7">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>FAQ</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1800" b="0">
+            <a:endParaRPr lang="en-US" sz="1800" b="0" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="39B142"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" indent="-457200">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="457200" indent="-457200">
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Picture 9" descr="A computer with a blank screen&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3DD941F6-9AF7-DB8A-D120-0ABB0FDDD3B4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId8"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
@@ -24246,103 +23049,103 @@
             <a:endParaRPr lang="en-US">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3714D3FA-5C75-0729-3CFF-A46006B5CC4B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1441218" y="2521400"/>
-            <a:ext cx="6115282" cy="880174"/>
+            <a:ext cx="7486428" cy="880174"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" b="1">
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>To become a partner of the Alliance and access technical support</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US">
+              <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD3B2048-691F-FAAC-2240-4A4DD87A5324}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2954852" y="5383667"/>
-            <a:ext cx="3141148" cy="517508"/>
+            <a:off x="2954852" y="5482773"/>
+            <a:ext cx="6483747" cy="326154"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="3BB042"/>
               </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="2200" b="0" i="0" kern="1200">
                 <a:solidFill>
                   <a:srgbClr val="394D56"/>
@@ -24520,52 +23323,52 @@
               </a:rPr>
               <a:t>to the Alliance news and join our Global Learning Network</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1800">
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05F5E7F4-2A55-18A2-2680-411BDD00BF76}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4927600" y="3515493"/>
-            <a:ext cx="2758193" cy="525367"/>
+            <a:off x="4950707" y="3574180"/>
+            <a:ext cx="4217068" cy="335334"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="3BB042"/>
               </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="2200" b="0" i="0" kern="1200">
                 <a:solidFill>
                   <a:srgbClr val="394D56"/>
@@ -24727,51 +23530,51 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
                 <a:hlinkClick r:id="rId4"/>
               </a:rPr>
               <a:t>contact@717alliance.org</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
-              <a:t>to get started</a:t>
+              <a:t> to get started</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1800">
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB10D054-900F-6082-878D-436EBD637168}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1456042" y="4685695"/>
             <a:ext cx="7452756" cy="728437"/>
@@ -24949,140 +23752,140 @@
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" b="1">
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>To stay up-to-date on news and opportunities</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Rounded Rectangle 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9BA21D4A-4B3C-48F3-75E0-0DDCE51B0CE3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1473758" y="3439146"/>
+            <a:off x="1473758" y="3413746"/>
             <a:ext cx="3415742" cy="685800"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln cap="rnd">
             <a:noFill/>
             <a:round/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="TextBox 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A7742B2-A3C7-B818-1BD8-45DA72587666}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1473757" y="3593511"/>
+            <a:off x="1473757" y="3568111"/>
             <a:ext cx="3415743" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Email the Alliance Secretariat</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Rounded Rectangle 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FDBB5FD9-2B40-6D71-E157-17F350BCCCFB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -25130,51 +23933,51 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{839DD607-F69D-7C0B-D5B2-21EA0E577487}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1592036" y="5459257"/>
             <a:ext cx="1210588" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US">
+              <a:rPr lang="en-US" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Subscribe</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="23" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{561D5D80-4F7F-D36F-1CCA-FDDB273B8528}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
@@ -25259,402 +24062,402 @@
           <p:cNvPr id="6" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97252F89-3A57-30B7-D042-BB5CFD6EA08B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="329310" y="1774055"/>
             <a:ext cx="3846829" cy="2282808"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Join the 7-1-7 Global Community of Practice</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B9B6030-E1E1-E1A1-646E-9DC484CC2701}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5009599" y="1774055"/>
             <a:ext cx="6385477" cy="1271249"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" b="1">
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>The 7-1-7 Alliance hosts a global Community of Practice to accelerate learning and implementation success</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="43" name="Group 42">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{735D602A-A2D7-7864-98FA-5F0A79B7C990}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="4654788" y="4416250"/>
+            <a:off x="4603988" y="4416250"/>
             <a:ext cx="7075983" cy="923330"/>
             <a:chOff x="4665484" y="3237981"/>
             <a:chExt cx="7075983" cy="923330"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="9" name="TextBox 8">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07C0B75C-C934-8BB8-3757-60FFC86DB9CE}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="4665484" y="3237981"/>
               <a:ext cx="2180487" cy="923330"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="en-US">
+                <a:rPr lang="en-US" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="29373D"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
                 <a:t>D</a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="en-US" b="0" i="0">
+                <a:rPr lang="en-US" b="0" i="0" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="29373D"/>
                   </a:solidFill>
                   <a:effectLst/>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
                 <a:t>esigned for technical teams using 7-1-7 </a:t>
               </a:r>
-              <a:endParaRPr lang="en-US">
+              <a:endParaRPr lang="en-US" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="10" name="TextBox 9">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7901EDB9-17B8-E5B0-352D-C8FFAF7AB113}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="7113232" y="3237981"/>
               <a:ext cx="2180487" cy="923330"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="en-US">
+                <a:rPr lang="en-US" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="29373D"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
                 <a:t>Regular community engagements with country spotlights​</a:t>
               </a:r>
-              <a:endParaRPr lang="en-US">
+              <a:endParaRPr lang="en-US" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="11" name="TextBox 10">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7F2BC40-FE0A-7213-EDD2-E1D7E6CC28A9}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="9560980" y="3237981"/>
               <a:ext cx="2180487" cy="923330"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="en-US">
+                <a:rPr lang="en-US" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="29373D"/>
                   </a:solidFill>
                   <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                   <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
                 <a:t>Exclusive resources and platforms</a:t>
               </a:r>
-              <a:endParaRPr lang="en-US">
+              <a:endParaRPr lang="en-US" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Graphic 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66831A32-3ED6-865C-4E54-911B2AE90B46}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10254317" y="3361546"/>
+            <a:off x="10203517" y="3361546"/>
             <a:ext cx="914400" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Graphic 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D2C20C64-A491-8880-6BBA-2E224235971E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId6"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7735580" y="3399104"/>
+            <a:off x="7684780" y="3399104"/>
             <a:ext cx="914400" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Graphic 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8490259B-D6AB-3935-9CC0-CF91243D30A8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7">
             <a:extLst>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId8"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5216843" y="3361546"/>
+            <a:off x="5166043" y="3361546"/>
             <a:ext cx="914400" cy="914400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1508906242"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
@@ -26432,51 +25235,51 @@
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="2400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Assess timeliness</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="Rectangle 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD45D316-5580-FB4F-DCE6-520EEBE2B03A}"/>
               </a:ext>
@@ -26514,51 +25317,51 @@
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="2400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Take action</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="27" name="Graphic 26" descr="Arrow Right with solid fill">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{044787E2-AB2D-1EE1-0E7C-05C51D7BEA93}"/>
               </a:ext>
@@ -26632,98 +25435,98 @@
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="2400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Identify bottlenecks</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68E271F2-2B82-EA31-B33B-DB42EFEFB630}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US">
+              <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t> 7-1-7: a systems-based approach to improve speed of outbreak detection, notification, and response</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Graphic 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A10E019C-2DFC-F722-FB9C-9F0812FB5FAF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId6"/>
               </a:ext>
             </a:extLst>
           </a:blip>
@@ -27921,57 +26724,57 @@
           </a:solidFill>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07BA9E62-40CC-76C2-A0FB-35D7369C1182}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US">
+              <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t> 7-1-7 timeliness metrics and milestones</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3158156056"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
                         <p:cond delay="indefinite"/>
@@ -28063,414 +26866,414 @@
           <p:cNvPr id="11" name="Title 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46E12830-970C-84FE-5485-F1937EFCFD9B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="365126"/>
             <a:ext cx="10515600" cy="1087808"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US">
+              <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t> 7-1-7 early response actions</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1CFD937-EE9D-479F-8A1A-8157DC20E03D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="696596" y="1346322"/>
             <a:ext cx="10947661" cy="4941277"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="514350" indent="-514350" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4C4C4F"/>
                 </a:solidFill>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Initiate </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1">
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4C4C4F"/>
                 </a:solidFill>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>investigation</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4C4C4F"/>
                 </a:solidFill>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> or </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1">
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4C4C4F"/>
                 </a:solidFill>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>deploy investigation/response team</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2400"/>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4C4C4F"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Conduct epidemiologic </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1">
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4C4C4F"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>analysis</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4C4C4F"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> and </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1">
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4C4C4F"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>initial risk assessment</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2400" b="1">
+            <a:endParaRPr lang="en-US" sz="2400" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="4C4C4F"/>
               </a:solidFill>
               <a:effectLst/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4C4C4F"/>
                 </a:solidFill>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Obtain </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1">
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4C4C4F"/>
                 </a:solidFill>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>laboratory confirmation </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4C4C4F"/>
                 </a:solidFill>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>of the outbreak etiology</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2400">
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="4C4C4F"/>
               </a:solidFill>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4C4C4F"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Initiate appropriate </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1">
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4C4C4F"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>case management </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4C4C4F"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>and </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1">
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4C4C4F"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>infection prevention and control (IPC) measures</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4C4C4F"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> in health facilities</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2400">
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="4C4C4F"/>
               </a:solidFill>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4C4C4F"/>
                 </a:solidFill>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Initiate appropriate </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1">
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4C4C4F"/>
                 </a:solidFill>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>public health countermeasures </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4C4C4F"/>
                 </a:solidFill>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>in affected communities</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2400">
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="4C4C4F"/>
               </a:solidFill>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4C4C4F"/>
                 </a:solidFill>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Initiate appropriate </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1">
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4C4C4F"/>
                 </a:solidFill>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>risk communication and community engagement </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4C4C4F"/>
                 </a:solidFill>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>activities</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2400">
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="4C4C4F"/>
               </a:solidFill>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="514350" indent="-514350">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400">
+              <a:rPr lang="en-US" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4C4C4F"/>
                 </a:solidFill>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Establish a </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1">
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4C4C4F"/>
                 </a:solidFill>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>coordination mechanism</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2400" b="1">
+            <a:endParaRPr lang="en-US" sz="2400" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="4C4C4F"/>
               </a:solidFill>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FEFCCE2-58DB-DAC8-5590-EE45010E1D9D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
@@ -29398,51 +28201,51 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="2400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Performance improvement</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DFC57A0-9ECF-78F1-5B8F-F032A5032FDD}"/>
               </a:ext>
@@ -29614,57 +28417,57 @@
             <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" b="0">
+              <a:rPr lang="en-US" sz="1800" b="0" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Bottlenecks are easily identified, and short and longer-term actions drive rapid, continuous improvement with every outbreak.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:endParaRPr lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial"/>
               <a:cs typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28BC689D-28EC-E8CC-C219-9C5771DAECED}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
@@ -29843,51 +28646,51 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="2400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Advocacy</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E9C8FE1-665B-4CC1-BE79-9FCF49560F3C}"/>
               </a:ext>
@@ -30072,51 +28875,51 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Clear data based on simple metrics informs prioritization and shows need for resources and policy interventions.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{801F0A04-14A5-D3C6-06DD-3623FC6E1A9B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
@@ -30298,83 +29101,83 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="2400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Accountability </a:t>
             </a:r>
             <a:br>
-              <a:rPr kumimoji="0" lang="en-US" sz="2400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="2400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
             </a:br>
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="2400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="2400" b="1" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F2E6B7FC-DB6D-579C-334A-2F061B742C97}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -30557,51 +29360,51 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Evaluating performance against simple metrics simplifies monitoring and improves transparency in reporting, making it easier to demonstrate the impact of interventions.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Title 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5681C2E-C58F-2469-AD4E-65C4F23FD5DD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
@@ -30634,57 +29437,57 @@
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="3200">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>?</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="3200"/>
             </a:br>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="594510738"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-    <mc:Choice xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" Requires="p14">
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+    <mc:Choice Requires="p14">
       <p:transition p14:dur="250">
         <p:fade/>
       </p:transition>
     </mc:Choice>
-    <mc:Fallback>
+    <mc:Fallback xmlns="">
       <p:transition>
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -30714,51 +29517,51 @@
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="6000" b="1" i="0" kern="1200">
                 <a:solidFill>
                   <a:srgbClr val="3BB042"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US">
+              <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Adopting and using       the 7-1-7 target</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1721611785"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
@@ -30882,51 +29685,51 @@
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:rPr>
               <a:t>Situate within the public health system</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67869C37-5589-02E5-F94A-48334B7687EB}"/>
               </a:ext>
@@ -30966,51 +29769,51 @@
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:rPr>
               <a:t>Map stakeholders + existing systems</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBB3AABD-1703-E504-8B65-FC356E2D3E62}"/>
               </a:ext>
@@ -31050,51 +29853,51 @@
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:rPr>
               <a:t>Engage stakeholders</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7177E6A0-DE91-21EE-BBD0-F5AA1C074BF3}"/>
               </a:ext>
@@ -31134,51 +29937,51 @@
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:rPr>
               <a:t>Train staff</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94CC4F4F-E2B6-2DA3-1BF0-21A622AA0D09}"/>
               </a:ext>
@@ -31218,51 +30021,51 @@
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:rPr>
               <a:t>Integrate into workflows</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5964994-E7E3-ECE1-83FC-8F0579DB1999}"/>
               </a:ext>
@@ -31302,58 +30105,58 @@
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="0">
+              <a:rPr lang="en-US" sz="2000" b="0" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Pilot use</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+            <a:endParaRPr kumimoji="0" lang="en-US" sz="2000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mj-ea"/>
               <a:cs typeface="+mj-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Graphic 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E262878-268E-B7BF-B58B-68098C1EB1E8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -31564,57 +30367,57 @@
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="22" name="Title 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{304A8A04-A5A7-1FF6-B2C7-FBD594F03A27}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US">
+              <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Arial"/>
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>Key components of 7-1-7 adoption</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3150801543"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="717 Alliance 2">
   <a:themeElements>
     <a:clrScheme name="Custom 8">
       <a:dk1>
         <a:srgbClr val="384D56"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
@@ -32204,79 +31007,134 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100173B71C273E20C4095B634201CDD2539" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4fd4f79988136f43c28172c91fecd123">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca299543-0ab4-429f-8927-bf8e8716a0c2" xmlns:ns3="d27c8f07-e503-4122-80c5-e52ee84151d4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e409df79084459e3f9c0349149ccb383" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ca299543-0ab4-429f-8927-bf8e8716a0c2">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <SharedWithUsers xmlns="d27c8f07-e503-4122-80c5-e52ee84151d4">
+      <UserInfo>
+        <DisplayName>Shefali Oza</DisplayName>
+        <AccountId>727</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Mohammed Lamorde</DisplayName>
+        <AccountId>1199</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Tyler Porth</DisplayName>
+        <AccountId>1102</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Kaylee Errecaborde</DisplayName>
+        <AccountId>1231</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Aaron Bochner</DisplayName>
+        <AccountId>220</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Andrew Gall</DisplayName>
+        <AccountId>265</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <TaxCatchAll xmlns="d27c8f07-e503-4122-80c5-e52ee84151d4" xsi:nil="true"/>
+    <Comments xmlns="ca299543-0ab4-429f-8927-bf8e8716a0c2" xsi:nil="true"/>
+    <TranslatedLang xmlns="ca299543-0ab4-429f-8927-bf8e8716a0c2" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100173B71C273E20C4095B634201CDD2539" ma:contentTypeVersion="22" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="84b24e0230a048ccae3787ffedf2fba0">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ca299543-0ab4-429f-8927-bf8e8716a0c2" xmlns:ns3="d27c8f07-e503-4122-80c5-e52ee84151d4" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2c861a0f2c7f25a84aebc71d0853886f" ns2:_="" ns3:_="">
     <xsd:import namespace="ca299543-0ab4-429f-8927-bf8e8716a0c2"/>
     <xsd:import namespace="d27c8f07-e503-4122-80c5-e52ee84151d4"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:TranslatedLang" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ca299543-0ab4-429f-8927-bf8e8716a0c2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -32329,50 +31187,55 @@
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Comments" ma:index="24" nillable="true" ma:displayName="Comments" ma:format="Dropdown" ma:internalName="Comments">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="25" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="26" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="TranslatedLang" ma:index="27" nillable="true" ma:displayName="Translated Language" ma:internalName="TranslatedLang">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="28" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d27c8f07-e503-4122-80c5-e52ee84151d4" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -32472,221 +31335,183 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...52 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74584B00-4FEC-4769-8BA4-F7C84ABA8242}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54DDFDC1-8E7F-4A35-9AC8-0F2F57A42E56}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="ca299543-0ab4-429f-8927-bf8e8716a0c2"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F71F4A09-1546-4EDA-A191-DAA6C9960091}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="d27c8f07-e503-4122-80c5-e52ee84151d4"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="ca299543-0ab4-429f-8927-bf8e8716a0c2"/>
-    <ds:schemaRef ds:uri="d27c8f07-e503-4122-80c5-e52ee84151d4"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{54DDFDC1-8E7F-4A35-9AC8-0F2F57A42E56}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D637ABD5-5081-49B0-9AC6-4F4634D17E5D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="ca299543-0ab4-429f-8927-bf8e8716a0c2"/>
+    <ds:schemaRef ds:uri="d27c8f07-e503-4122-80c5-e52ee84151d4"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>717 Alliance 2</Template>
-  <Application>Microsoft Office PowerPoint</Application>
+  <TotalTime></TotalTime>
+  <Words>1561</Words>
+  <Application>Microsoft Macintosh PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
+  <Paragraphs>195</Paragraphs>
   <Slides>31</Slides>
   <Notes>23</Notes>
   <HiddenSlides>0</HiddenSlides>
+  <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Fonts Used</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>31</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="32" baseType="lpstr">
+    <vt:vector size="37" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Helvetica Neue</vt:lpstr>
+      <vt:lpstr>Quattrocento Sans</vt:lpstr>
+      <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>717 Alliance 2</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>What if every outbreak was used as an opportunity to learn and improve?</vt:lpstr>
       <vt:lpstr> 7-1-7: a systems-based approach to improve speed of outbreak detection, notification, and response</vt:lpstr>
       <vt:lpstr> 7-1-7 timeliness metrics and milestones</vt:lpstr>
       <vt:lpstr> 7-1-7 early response actions</vt:lpstr>
       <vt:lpstr>How can the 7-1-7 approach improve outbreak response? </vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Key components of 7-1-7 adoption</vt:lpstr>
       <vt:lpstr>Key steps for using the 7-1-7 target</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Core principles for effective use of 7-1-7</vt:lpstr>
       <vt:lpstr>Country implementation</vt:lpstr>
       <vt:lpstr>Lessons learned</vt:lpstr>
       <vt:lpstr>Global reach</vt:lpstr>
       <vt:lpstr>7-1-7 Alliance</vt:lpstr>
       <vt:lpstr>What the 7-1-7 Alliance does</vt:lpstr>
       <vt:lpstr>Training materials</vt:lpstr>
       <vt:lpstr>Our resources</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Join the 7-1-7 Global Community of Practice</vt:lpstr>
       <vt:lpstr>Thank you</vt:lpstr>
       <vt:lpstr>Supplemental slides</vt:lpstr>
       <vt:lpstr>Date of emergence</vt:lpstr>
       <vt:lpstr>Date of detection</vt:lpstr>
       <vt:lpstr>Date of notification</vt:lpstr>
       <vt:lpstr>Date of early response completion</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>implementation of the “7-1-7” approach</dc:title>
   <dc:creator>Hani Mahmoud</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_SetDate">
     <vt:lpwstr>2023-01-12T20:15:26Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_Name">
     <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_SiteId">
     <vt:lpwstr>762de5b4-45da-4234-a5e1-ee3e978f8a57</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_defa4170-0d19-0005-0004-bc88714345d2_ActionId">
     <vt:lpwstr>4948c2f2-1728-49f6-8390-cf0ba65a21f2</vt:lpwstr>